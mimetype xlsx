--- v0 (2025-10-08)
+++ v1 (2025-12-20)
@@ -15,53 +15,53 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9302"/>
   <workbookPr date1904="true" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="45" windowWidth="19155" windowHeight="4935"/>
   </bookViews>
   <sheets>
     <sheet name="PN1 HR" sheetId="1" r:id="rId10"/>
   </sheets>
   <calcPr calcId="144525"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="400" uniqueCount="33">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="561" uniqueCount="34">
   <si>
-    <t>Zagreb, 27.08.2025</t>
+    <t>Zagreb, 19.11.2025</t>
   </si>
   <si>
     <t>HRVATSKA NARODNA BANKA</t>
   </si>
   <si>
     <t>Sektor platnog prometa</t>
   </si>
   <si>
     <t>Direkcija za nadzor platnog prometa</t>
   </si>
   <si>
     <t>  </t>
   </si>
   <si>
     <t>ODOBRENJE I TEREĆENJE BEZ NALOGA {1}  - 2025. godina</t>
   </si>
   <si>
     <t>u eurima</t>
   </si>
   <si>
     <t>Izvještajno razdoblje</t>
   </si>
   <si>
     <t>Vrsta transakcije</t>
   </si>
@@ -89,75 +89,78 @@
   <si>
     <t>ODOBRENJE</t>
   </si>
   <si>
     <t>Kredit</t>
   </si>
   <si>
     <t>računa za</t>
   </si>
   <si>
     <t>Kamate i naknade</t>
   </si>
   <si>
     <t> SIJEČANJ</t>
   </si>
   <si>
     <t>plaćanje</t>
   </si>
   <si>
     <t>Ostalo</t>
   </si>
   <si>
     <t>TEREĆENJE</t>
   </si>
   <si>
-    <t>*</t>
-[...1 lines deleted...]
-  <si>
     <t> VELJAČA</t>
   </si>
   <si>
     <t> OŽUJAK</t>
   </si>
   <si>
     <t> TRAVANJ</t>
   </si>
   <si>
     <t> SVIBANJ</t>
   </si>
   <si>
     <t> LIPANJ</t>
   </si>
   <si>
+    <t> SRPANJ</t>
+  </si>
+  <si>
+    <t> KOLOVOZ</t>
+  </si>
+  <si>
+    <t> RUJAN</t>
+  </si>
+  <si>
     <t> UKUPNO</t>
   </si>
   <si>
     <t>{1} Uključene su nacionalne transakcije u eurima.</t>
-  </si>
-[...1 lines deleted...]
-    <t>*podaci su revidirani u odnosu na prethodnu objavu</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0"/>
   </numFmts>
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="none"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="none"/>
     </font>
     <font>
@@ -543,51 +546,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:O54"/>
+  <dimension ref="A1:O71"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="21" customWidth="1"/>
     <col min="2" max="2" width="21" customWidth="1"/>
     <col min="3" max="3" width="21" customWidth="1"/>
     <col min="4" max="4" width="21" customWidth="1"/>
     <col min="5" max="5" width="4" customWidth="1"/>
     <col min="6" max="6" width="21" customWidth="1"/>
     <col min="7" max="7" width="4" customWidth="1"/>
     <col min="8" max="8" width="21" customWidth="1"/>
     <col min="9" max="9" width="4" customWidth="1"/>
     <col min="10" max="10" width="21" customWidth="1"/>
     <col min="11" max="11" width="4" customWidth="1"/>
     <col min="12" max="12" width="21" customWidth="1"/>
     <col min="13" max="13" width="4" customWidth="1"/>
     <col min="14" max="14" width="21" customWidth="1"/>
     <col min="15" max="15" width="4" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" t="s" s="1">
         <v>0</v>
@@ -848,57 +851,57 @@
       </c>
       <c r="M14" t="s" s="10">
         <v>15</v>
       </c>
       <c r="N14" s="9">
         <v>106400451</v>
       </c>
       <c r="O14" t="s" s="10">
         <v>15</v>
       </c>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" t="s" s="7">
         <v>15</v>
       </c>
       <c r="B15" t="s" s="7">
         <v>18</v>
       </c>
       <c r="C15" t="s" s="7">
         <v>19</v>
       </c>
       <c r="D15" s="8">
         <v>14343790</v>
       </c>
       <c r="E15" t="s" s="7">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F15" s="8">
         <v>19170588</v>
       </c>
       <c r="G15" t="s" s="7">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="H15" s="8">
         <v>1536621</v>
       </c>
       <c r="I15" t="s" s="7">
         <v>15</v>
       </c>
       <c r="J15" s="8">
         <v>28247159</v>
       </c>
       <c r="K15" t="s" s="7">
         <v>15</v>
       </c>
       <c r="L15" s="9">
         <v>15880411</v>
       </c>
       <c r="M15" t="s" s="10">
         <v>15</v>
       </c>
       <c r="N15" s="9">
         <v>47417747</v>
       </c>
       <c r="O15" t="s" s="10">
         <v>15</v>
       </c>
@@ -1024,51 +1027,51 @@
       </c>
       <c r="I18" t="s" s="7">
         <v>15</v>
       </c>
       <c r="J18" s="8">
         <v>4329704</v>
       </c>
       <c r="K18" t="s" s="7">
         <v>15</v>
       </c>
       <c r="L18" s="9">
         <v>1201264</v>
       </c>
       <c r="M18" t="s" s="10">
         <v>15</v>
       </c>
       <c r="N18" s="9">
         <v>4536320</v>
       </c>
       <c r="O18" t="s" s="10">
         <v>15</v>
       </c>
     </row>
     <row r="19" spans="1:15">
       <c r="A19" t="s" s="7">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B19" t="s" s="11">
         <v>21</v>
       </c>
       <c r="C19" t="s" s="11">
         <v>22</v>
       </c>
       <c r="D19" s="12">
         <v>28413</v>
       </c>
       <c r="E19" t="s" s="11">
         <v>15</v>
       </c>
       <c r="F19" s="12">
         <v>43841222</v>
       </c>
       <c r="G19" t="s" s="11">
         <v>15</v>
       </c>
       <c r="H19" s="12">
         <v>1065</v>
       </c>
       <c r="I19" t="s" s="11">
         <v>15</v>
       </c>
@@ -1130,57 +1133,57 @@
       </c>
       <c r="M20" t="s" s="10">
         <v>15</v>
       </c>
       <c r="N20" s="9">
         <v>105616726</v>
       </c>
       <c r="O20" t="s" s="10">
         <v>15</v>
       </c>
     </row>
     <row r="21" spans="1:15">
       <c r="A21" t="s" s="7">
         <v>15</v>
       </c>
       <c r="B21" t="s" s="7">
         <v>18</v>
       </c>
       <c r="C21" t="s" s="7">
         <v>19</v>
       </c>
       <c r="D21" s="8">
         <v>13877639</v>
       </c>
       <c r="E21" t="s" s="7">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F21" s="8">
         <v>17237437</v>
       </c>
       <c r="G21" t="s" s="7">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="H21" s="8">
         <v>1516300</v>
       </c>
       <c r="I21" t="s" s="7">
         <v>15</v>
       </c>
       <c r="J21" s="8">
         <v>21660423</v>
       </c>
       <c r="K21" t="s" s="7">
         <v>15</v>
       </c>
       <c r="L21" s="9">
         <v>15393939</v>
       </c>
       <c r="M21" t="s" s="10">
         <v>15</v>
       </c>
       <c r="N21" s="9">
         <v>38897860</v>
       </c>
       <c r="O21" t="s" s="10">
         <v>15</v>
       </c>
@@ -1306,51 +1309,51 @@
       </c>
       <c r="I24" t="s" s="7">
         <v>15</v>
       </c>
       <c r="J24" s="8">
         <v>8567419</v>
       </c>
       <c r="K24" t="s" s="7">
         <v>15</v>
       </c>
       <c r="L24" s="9">
         <v>1270920</v>
       </c>
       <c r="M24" t="s" s="10">
         <v>15</v>
       </c>
       <c r="N24" s="9">
         <v>8962025</v>
       </c>
       <c r="O24" t="s" s="10">
         <v>15</v>
       </c>
     </row>
     <row r="25" spans="1:15">
       <c r="A25" t="s" s="7">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B25" t="s" s="11">
         <v>21</v>
       </c>
       <c r="C25" t="s" s="11">
         <v>22</v>
       </c>
       <c r="D25" s="12">
         <v>34269</v>
       </c>
       <c r="E25" t="s" s="11">
         <v>15</v>
       </c>
       <c r="F25" s="12">
         <v>63302362</v>
       </c>
       <c r="G25" t="s" s="11">
         <v>15</v>
       </c>
       <c r="H25" s="12">
         <v>1052</v>
       </c>
       <c r="I25" t="s" s="11">
         <v>15</v>
       </c>
@@ -1412,57 +1415,57 @@
       </c>
       <c r="M26" t="s" s="10">
         <v>15</v>
       </c>
       <c r="N26" s="9">
         <v>107724221</v>
       </c>
       <c r="O26" t="s" s="10">
         <v>15</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="s" s="7">
         <v>15</v>
       </c>
       <c r="B27" t="s" s="7">
         <v>18</v>
       </c>
       <c r="C27" t="s" s="7">
         <v>19</v>
       </c>
       <c r="D27" s="8">
         <v>14422034</v>
       </c>
       <c r="E27" t="s" s="7">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F27" s="8">
         <v>17490969</v>
       </c>
       <c r="G27" t="s" s="7">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="H27" s="8">
         <v>1648698</v>
       </c>
       <c r="I27" t="s" s="7">
         <v>15</v>
       </c>
       <c r="J27" s="8">
         <v>22232488</v>
       </c>
       <c r="K27" t="s" s="7">
         <v>15</v>
       </c>
       <c r="L27" s="9">
         <v>16070732</v>
       </c>
       <c r="M27" t="s" s="10">
         <v>15</v>
       </c>
       <c r="N27" s="9">
         <v>39723457</v>
       </c>
       <c r="O27" t="s" s="10">
         <v>15</v>
       </c>
@@ -1588,51 +1591,51 @@
       </c>
       <c r="I30" t="s" s="7">
         <v>15</v>
       </c>
       <c r="J30" s="8">
         <v>6231913</v>
       </c>
       <c r="K30" t="s" s="7">
         <v>15</v>
       </c>
       <c r="L30" s="9">
         <v>1645597</v>
       </c>
       <c r="M30" t="s" s="10">
         <v>15</v>
       </c>
       <c r="N30" s="9">
         <v>6686055</v>
       </c>
       <c r="O30" t="s" s="10">
         <v>15</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31" t="s" s="7">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B31" t="s" s="11">
         <v>21</v>
       </c>
       <c r="C31" t="s" s="11">
         <v>22</v>
       </c>
       <c r="D31" s="12">
         <v>33253</v>
       </c>
       <c r="E31" t="s" s="11">
         <v>15</v>
       </c>
       <c r="F31" s="12">
         <v>36878091</v>
       </c>
       <c r="G31" t="s" s="11">
         <v>15</v>
       </c>
       <c r="H31" s="12">
         <v>1034</v>
       </c>
       <c r="I31" t="s" s="11">
         <v>15</v>
       </c>
@@ -1870,51 +1873,51 @@
       </c>
       <c r="I36" t="s" s="7">
         <v>15</v>
       </c>
       <c r="J36" s="8">
         <v>3733870</v>
       </c>
       <c r="K36" t="s" s="7">
         <v>15</v>
       </c>
       <c r="L36" s="9">
         <v>1229668</v>
       </c>
       <c r="M36" t="s" s="10">
         <v>15</v>
       </c>
       <c r="N36" s="9">
         <v>3906044</v>
       </c>
       <c r="O36" t="s" s="10">
         <v>15</v>
       </c>
     </row>
     <row r="37" spans="1:15">
       <c r="A37" t="s" s="7">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B37" t="s" s="11">
         <v>21</v>
       </c>
       <c r="C37" t="s" s="11">
         <v>22</v>
       </c>
       <c r="D37" s="12">
         <v>31755</v>
       </c>
       <c r="E37" t="s" s="11">
         <v>15</v>
       </c>
       <c r="F37" s="12">
         <v>31525515</v>
       </c>
       <c r="G37" t="s" s="11">
         <v>15</v>
       </c>
       <c r="H37" s="12">
         <v>1075</v>
       </c>
       <c r="I37" t="s" s="11">
         <v>15</v>
       </c>
@@ -2152,51 +2155,51 @@
       </c>
       <c r="I42" t="s" s="7">
         <v>15</v>
       </c>
       <c r="J42" s="8">
         <v>8318157</v>
       </c>
       <c r="K42" t="s" s="7">
         <v>15</v>
       </c>
       <c r="L42" s="9">
         <v>1311818</v>
       </c>
       <c r="M42" t="s" s="10">
         <v>15</v>
       </c>
       <c r="N42" s="9">
         <v>8567479</v>
       </c>
       <c r="O42" t="s" s="10">
         <v>15</v>
       </c>
     </row>
     <row r="43" spans="1:15">
       <c r="A43" t="s" s="7">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B43" t="s" s="11">
         <v>21</v>
       </c>
       <c r="C43" t="s" s="11">
         <v>22</v>
       </c>
       <c r="D43" s="12">
         <v>38915</v>
       </c>
       <c r="E43" t="s" s="11">
         <v>15</v>
       </c>
       <c r="F43" s="12">
         <v>46239761</v>
       </c>
       <c r="G43" t="s" s="11">
         <v>15</v>
       </c>
       <c r="H43" s="12">
         <v>1040</v>
       </c>
       <c r="I43" t="s" s="11">
         <v>15</v>
       </c>
@@ -2339,339 +2342,1180 @@
         <v>1209</v>
       </c>
       <c r="I46" t="s" s="11">
         <v>15</v>
       </c>
       <c r="J46" s="12">
         <v>1327120</v>
       </c>
       <c r="K46" t="s" s="11">
         <v>15</v>
       </c>
       <c r="L46" s="13">
         <v>215968</v>
       </c>
       <c r="M46" t="s" s="14">
         <v>15</v>
       </c>
       <c r="N46" s="13">
         <v>1986621</v>
       </c>
       <c r="O46" t="s" s="14">
         <v>15</v>
       </c>
     </row>
     <row r="47" spans="1:15">
-      <c r="A47" t="s" s="10">
-[...2 lines deleted...]
-      <c r="B47" t="s" s="10">
+      <c r="A47" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="B47" t="s" s="7">
         <v>16</v>
       </c>
-      <c r="C47" t="s" s="10">
+      <c r="C47" t="s" s="7">
         <v>17</v>
       </c>
-      <c r="D47" s="9">
-[...20 lines deleted...]
-      <c r="K47" t="s" s="10">
+      <c r="D47" s="8">
+        <v>15861</v>
+      </c>
+      <c r="E47" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="F47" s="8">
+        <v>179086519</v>
+      </c>
+      <c r="G47" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="H47" s="8">
+        <v>6819</v>
+      </c>
+      <c r="I47" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="J47" s="8">
+        <v>585676880</v>
+      </c>
+      <c r="K47" t="s" s="7">
         <v>15</v>
       </c>
       <c r="L47" s="9">
-        <v>141854</v>
+        <v>22680</v>
       </c>
       <c r="M47" t="s" s="10">
         <v>15</v>
       </c>
       <c r="N47" s="9">
-        <v>4622244688</v>
+        <v>764763399</v>
       </c>
       <c r="O47" t="s" s="10">
         <v>15</v>
       </c>
     </row>
     <row r="48" spans="1:15">
-      <c r="A48" t="s" s="10">
-[...2 lines deleted...]
-      <c r="B48" t="s" s="10">
+      <c r="A48" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="B48" t="s" s="7">
         <v>18</v>
       </c>
-      <c r="C48" t="s" s="10">
+      <c r="C48" t="s" s="7">
         <v>19</v>
       </c>
-      <c r="D48" s="9">
-[...20 lines deleted...]
-      <c r="K48" t="s" s="10">
+      <c r="D48" s="8">
+        <v>1586962</v>
+      </c>
+      <c r="E48" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="F48" s="8">
+        <v>396358</v>
+      </c>
+      <c r="G48" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="H48" s="8">
+        <v>93417</v>
+      </c>
+      <c r="I48" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="J48" s="8">
+        <v>6326441</v>
+      </c>
+      <c r="K48" t="s" s="7">
         <v>15</v>
       </c>
       <c r="L48" s="9">
-        <v>8716415</v>
+        <v>1680379</v>
       </c>
       <c r="M48" t="s" s="10">
         <v>15</v>
       </c>
       <c r="N48" s="9">
-        <v>41667797</v>
+        <v>6722799</v>
       </c>
       <c r="O48" t="s" s="10">
         <v>15</v>
       </c>
     </row>
     <row r="49" spans="1:15">
-      <c r="A49" t="s" s="10">
+      <c r="A49" t="s" s="7">
+        <v>29</v>
+      </c>
+      <c r="B49" t="s" s="11">
+        <v>21</v>
+      </c>
+      <c r="C49" t="s" s="11">
+        <v>22</v>
+      </c>
+      <c r="D49" s="12">
+        <v>35191</v>
+      </c>
+      <c r="E49" t="s" s="11">
+        <v>15</v>
+      </c>
+      <c r="F49" s="12">
+        <v>35490852</v>
+      </c>
+      <c r="G49" t="s" s="11">
+        <v>15</v>
+      </c>
+      <c r="H49" s="12">
+        <v>1146</v>
+      </c>
+      <c r="I49" t="s" s="11">
+        <v>15</v>
+      </c>
+      <c r="J49" s="12">
+        <v>103848639</v>
+      </c>
+      <c r="K49" t="s" s="11">
+        <v>15</v>
+      </c>
+      <c r="L49" s="13">
+        <v>36337</v>
+      </c>
+      <c r="M49" t="s" s="14">
+        <v>15</v>
+      </c>
+      <c r="N49" s="13">
+        <v>139339491</v>
+      </c>
+      <c r="O49" t="s" s="14">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="50" spans="1:15">
+      <c r="A50" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="B50" t="s" s="7">
+        <v>23</v>
+      </c>
+      <c r="C50" t="s" s="7">
+        <v>17</v>
+      </c>
+      <c r="D50" s="8">
+        <v>224794</v>
+      </c>
+      <c r="E50" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="F50" s="8">
+        <v>29941362</v>
+      </c>
+      <c r="G50" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="H50" s="8">
+        <v>42702</v>
+      </c>
+      <c r="I50" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="J50" s="8">
+        <v>90030486</v>
+      </c>
+      <c r="K50" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="L50" s="9">
+        <v>267496</v>
+      </c>
+      <c r="M50" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="N50" s="9">
+        <v>119971848</v>
+      </c>
+      <c r="O50" t="s" s="10">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="51" spans="1:15">
+      <c r="A51" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="B51" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="C51" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="D51" s="8">
+        <v>13396700</v>
+      </c>
+      <c r="E51" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="F51" s="8">
+        <v>18827980</v>
+      </c>
+      <c r="G51" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="H51" s="8">
+        <v>1686401</v>
+      </c>
+      <c r="I51" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="J51" s="8">
+        <v>28888056</v>
+      </c>
+      <c r="K51" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="L51" s="9">
+        <v>15083101</v>
+      </c>
+      <c r="M51" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="N51" s="9">
+        <v>47716036</v>
+      </c>
+      <c r="O51" t="s" s="10">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="52" spans="1:15">
+      <c r="A52" t="s" s="11">
+        <v>15</v>
+      </c>
+      <c r="B52" t="s" s="11">
+        <v>21</v>
+      </c>
+      <c r="C52" t="s" s="11">
+        <v>22</v>
+      </c>
+      <c r="D52" s="12">
+        <v>218189</v>
+      </c>
+      <c r="E52" t="s" s="11">
+        <v>15</v>
+      </c>
+      <c r="F52" s="12">
+        <v>675044</v>
+      </c>
+      <c r="G52" t="s" s="11">
+        <v>15</v>
+      </c>
+      <c r="H52" s="12">
+        <v>1405</v>
+      </c>
+      <c r="I52" t="s" s="11">
+        <v>15</v>
+      </c>
+      <c r="J52" s="12">
+        <v>1933710</v>
+      </c>
+      <c r="K52" t="s" s="11">
+        <v>15</v>
+      </c>
+      <c r="L52" s="13">
+        <v>219594</v>
+      </c>
+      <c r="M52" t="s" s="14">
+        <v>15</v>
+      </c>
+      <c r="N52" s="13">
+        <v>2608754</v>
+      </c>
+      <c r="O52" t="s" s="14">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="53" spans="1:15">
+      <c r="A53" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="B53" t="s" s="7">
+        <v>16</v>
+      </c>
+      <c r="C53" t="s" s="7">
+        <v>17</v>
+      </c>
+      <c r="D53" s="8">
+        <v>13036</v>
+      </c>
+      <c r="E53" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="F53" s="8">
+        <v>125698470</v>
+      </c>
+      <c r="G53" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="H53" s="8">
+        <v>4980</v>
+      </c>
+      <c r="I53" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="J53" s="8">
+        <v>517793728</v>
+      </c>
+      <c r="K53" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="L53" s="9">
+        <v>18016</v>
+      </c>
+      <c r="M53" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="N53" s="9">
+        <v>643492198</v>
+      </c>
+      <c r="O53" t="s" s="10">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="54" spans="1:15">
+      <c r="A54" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="B54" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="C54" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="D54" s="8">
+        <v>1258308</v>
+      </c>
+      <c r="E54" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="F54" s="8">
+        <v>179685</v>
+      </c>
+      <c r="G54" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="H54" s="8">
+        <v>18948</v>
+      </c>
+      <c r="I54" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="J54" s="8">
+        <v>3495089</v>
+      </c>
+      <c r="K54" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="L54" s="9">
+        <v>1277256</v>
+      </c>
+      <c r="M54" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="N54" s="9">
+        <v>3674774</v>
+      </c>
+      <c r="O54" t="s" s="10">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="55" spans="1:15">
+      <c r="A55" t="s" s="7">
         <v>30</v>
       </c>
-      <c r="B49" t="s" s="14">
+      <c r="B55" t="s" s="11">
         <v>21</v>
       </c>
-      <c r="C49" t="s" s="14">
+      <c r="C55" t="s" s="11">
         <v>22</v>
       </c>
-      <c r="D49" s="13">
-[...40 lines deleted...]
-      <c r="B50" t="s" s="10">
+      <c r="D55" s="12">
+        <v>29858</v>
+      </c>
+      <c r="E55" t="s" s="11">
+        <v>15</v>
+      </c>
+      <c r="F55" s="12">
+        <v>18536541</v>
+      </c>
+      <c r="G55" t="s" s="11">
+        <v>15</v>
+      </c>
+      <c r="H55" s="12">
+        <v>916</v>
+      </c>
+      <c r="I55" t="s" s="11">
+        <v>15</v>
+      </c>
+      <c r="J55" s="12">
+        <v>51356257</v>
+      </c>
+      <c r="K55" t="s" s="11">
+        <v>15</v>
+      </c>
+      <c r="L55" s="13">
+        <v>30774</v>
+      </c>
+      <c r="M55" t="s" s="14">
+        <v>15</v>
+      </c>
+      <c r="N55" s="13">
+        <v>69892798</v>
+      </c>
+      <c r="O55" t="s" s="14">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="56" spans="1:15">
+      <c r="A56" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="B56" t="s" s="7">
         <v>23</v>
       </c>
-      <c r="C50" t="s" s="10">
+      <c r="C56" t="s" s="7">
         <v>17</v>
       </c>
-      <c r="D50" s="9">
-[...40 lines deleted...]
-      <c r="B51" t="s" s="10">
+      <c r="D56" s="8">
+        <v>220222</v>
+      </c>
+      <c r="E56" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="F56" s="8">
+        <v>30605445</v>
+      </c>
+      <c r="G56" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="H56" s="8">
+        <v>27215</v>
+      </c>
+      <c r="I56" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="J56" s="8">
+        <v>78663624</v>
+      </c>
+      <c r="K56" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="L56" s="9">
+        <v>247437</v>
+      </c>
+      <c r="M56" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="N56" s="9">
+        <v>109269069</v>
+      </c>
+      <c r="O56" t="s" s="10">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="57" spans="1:15">
+      <c r="A57" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="B57" t="s" s="7">
         <v>18</v>
       </c>
-      <c r="C51" t="s" s="10">
+      <c r="C57" t="s" s="7">
         <v>19</v>
       </c>
-      <c r="D51" s="9">
-[...40 lines deleted...]
-      <c r="B52" t="s" s="10">
+      <c r="D57" s="8">
+        <v>12628638</v>
+      </c>
+      <c r="E57" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="F57" s="8">
+        <v>17178130</v>
+      </c>
+      <c r="G57" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="H57" s="8">
+        <v>1473731</v>
+      </c>
+      <c r="I57" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="J57" s="8">
+        <v>24512165</v>
+      </c>
+      <c r="K57" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="L57" s="9">
+        <v>14102369</v>
+      </c>
+      <c r="M57" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="N57" s="9">
+        <v>41690295</v>
+      </c>
+      <c r="O57" t="s" s="10">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="58" spans="1:15">
+      <c r="A58" t="s" s="11">
+        <v>15</v>
+      </c>
+      <c r="B58" t="s" s="11">
         <v>21</v>
       </c>
-      <c r="C52" t="s" s="10">
+      <c r="C58" t="s" s="11">
         <v>22</v>
       </c>
-      <c r="D52" s="9">
-[...37 lines deleted...]
-      <c r="A53" t="s">
+      <c r="D58" s="12">
+        <v>207087</v>
+      </c>
+      <c r="E58" t="s" s="11">
+        <v>15</v>
+      </c>
+      <c r="F58" s="12">
+        <v>669717</v>
+      </c>
+      <c r="G58" t="s" s="11">
+        <v>15</v>
+      </c>
+      <c r="H58" s="12">
+        <v>1142</v>
+      </c>
+      <c r="I58" t="s" s="11">
+        <v>15</v>
+      </c>
+      <c r="J58" s="12">
+        <v>636311</v>
+      </c>
+      <c r="K58" t="s" s="11">
+        <v>15</v>
+      </c>
+      <c r="L58" s="13">
+        <v>208229</v>
+      </c>
+      <c r="M58" t="s" s="14">
+        <v>15</v>
+      </c>
+      <c r="N58" s="13">
+        <v>1306028</v>
+      </c>
+      <c r="O58" t="s" s="14">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="59" spans="1:15">
+      <c r="A59" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="B59" t="s" s="7">
+        <v>16</v>
+      </c>
+      <c r="C59" t="s" s="7">
+        <v>17</v>
+      </c>
+      <c r="D59" s="8">
+        <v>16304</v>
+      </c>
+      <c r="E59" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="F59" s="8">
+        <v>183419366</v>
+      </c>
+      <c r="G59" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="H59" s="8">
+        <v>6180</v>
+      </c>
+      <c r="I59" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="J59" s="8">
+        <v>600559864</v>
+      </c>
+      <c r="K59" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="L59" s="9">
+        <v>22484</v>
+      </c>
+      <c r="M59" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="N59" s="9">
+        <v>783979230</v>
+      </c>
+      <c r="O59" t="s" s="10">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="60" spans="1:15">
+      <c r="A60" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="B60" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="C60" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="D60" s="8">
+        <v>1254911</v>
+      </c>
+      <c r="E60" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="F60" s="8">
+        <v>170052</v>
+      </c>
+      <c r="G60" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="H60" s="8">
+        <v>64552</v>
+      </c>
+      <c r="I60" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="J60" s="8">
+        <v>7569964</v>
+      </c>
+      <c r="K60" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="L60" s="9">
+        <v>1319463</v>
+      </c>
+      <c r="M60" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="N60" s="9">
+        <v>7740016</v>
+      </c>
+      <c r="O60" t="s" s="10">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="61" spans="1:15">
+      <c r="A61" t="s" s="7">
         <v>31</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A54" t="s">
+      <c r="B61" t="s" s="11">
+        <v>21</v>
+      </c>
+      <c r="C61" t="s" s="11">
+        <v>22</v>
+      </c>
+      <c r="D61" s="12">
+        <v>35153</v>
+      </c>
+      <c r="E61" t="s" s="11">
+        <v>15</v>
+      </c>
+      <c r="F61" s="12">
+        <v>36422480</v>
+      </c>
+      <c r="G61" t="s" s="11">
+        <v>15</v>
+      </c>
+      <c r="H61" s="12">
+        <v>1276</v>
+      </c>
+      <c r="I61" t="s" s="11">
+        <v>15</v>
+      </c>
+      <c r="J61" s="12">
+        <v>229941568</v>
+      </c>
+      <c r="K61" t="s" s="11">
+        <v>15</v>
+      </c>
+      <c r="L61" s="13">
+        <v>36429</v>
+      </c>
+      <c r="M61" t="s" s="14">
+        <v>15</v>
+      </c>
+      <c r="N61" s="13">
+        <v>266364048</v>
+      </c>
+      <c r="O61" t="s" s="14">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="62" spans="1:15">
+      <c r="A62" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="B62" t="s" s="7">
+        <v>23</v>
+      </c>
+      <c r="C62" t="s" s="7">
+        <v>17</v>
+      </c>
+      <c r="D62" s="8">
+        <v>222126</v>
+      </c>
+      <c r="E62" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="F62" s="8">
+        <v>31273744</v>
+      </c>
+      <c r="G62" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="H62" s="8">
+        <v>42466</v>
+      </c>
+      <c r="I62" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="J62" s="8">
+        <v>124828039</v>
+      </c>
+      <c r="K62" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="L62" s="9">
+        <v>264592</v>
+      </c>
+      <c r="M62" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="N62" s="9">
+        <v>156101783</v>
+      </c>
+      <c r="O62" t="s" s="10">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="63" spans="1:15">
+      <c r="A63" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="B63" t="s" s="7">
+        <v>18</v>
+      </c>
+      <c r="C63" t="s" s="7">
+        <v>19</v>
+      </c>
+      <c r="D63" s="8">
+        <v>13259364</v>
+      </c>
+      <c r="E63" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="F63" s="8">
+        <v>17225378</v>
+      </c>
+      <c r="G63" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="H63" s="8">
+        <v>1615762</v>
+      </c>
+      <c r="I63" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="J63" s="8">
+        <v>24596872</v>
+      </c>
+      <c r="K63" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="L63" s="9">
+        <v>14875126</v>
+      </c>
+      <c r="M63" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="N63" s="9">
+        <v>41822250</v>
+      </c>
+      <c r="O63" t="s" s="10">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="64" spans="1:15">
+      <c r="A64" t="s" s="11">
+        <v>15</v>
+      </c>
+      <c r="B64" t="s" s="11">
+        <v>21</v>
+      </c>
+      <c r="C64" t="s" s="11">
+        <v>22</v>
+      </c>
+      <c r="D64" s="12">
+        <v>224669</v>
+      </c>
+      <c r="E64" t="s" s="11">
+        <v>15</v>
+      </c>
+      <c r="F64" s="12">
+        <v>723507</v>
+      </c>
+      <c r="G64" t="s" s="11">
+        <v>15</v>
+      </c>
+      <c r="H64" s="12">
+        <v>1081</v>
+      </c>
+      <c r="I64" t="s" s="11">
+        <v>15</v>
+      </c>
+      <c r="J64" s="12">
+        <v>1762557</v>
+      </c>
+      <c r="K64" t="s" s="11">
+        <v>15</v>
+      </c>
+      <c r="L64" s="13">
+        <v>225750</v>
+      </c>
+      <c r="M64" t="s" s="14">
+        <v>15</v>
+      </c>
+      <c r="N64" s="13">
+        <v>2486064</v>
+      </c>
+      <c r="O64" t="s" s="14">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="65" spans="1:15">
+      <c r="A65" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="B65" t="s" s="10">
+        <v>16</v>
+      </c>
+      <c r="C65" t="s" s="10">
+        <v>17</v>
+      </c>
+      <c r="D65" s="9">
+        <v>145918</v>
+      </c>
+      <c r="E65" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="F65" s="9">
+        <v>1602072259</v>
+      </c>
+      <c r="G65" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="H65" s="9">
+        <v>59116</v>
+      </c>
+      <c r="I65" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="J65" s="9">
+        <v>5212407256</v>
+      </c>
+      <c r="K65" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="L65" s="9">
+        <v>205034</v>
+      </c>
+      <c r="M65" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="N65" s="9">
+        <v>6814479515</v>
+      </c>
+      <c r="O65" t="s" s="10">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="66" spans="1:15">
+      <c r="A66" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="B66" t="s" s="10">
+        <v>18</v>
+      </c>
+      <c r="C66" t="s" s="10">
+        <v>19</v>
+      </c>
+      <c r="D66" s="9">
+        <v>12446734</v>
+      </c>
+      <c r="E66" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="F66" s="9">
+        <v>2819911</v>
+      </c>
+      <c r="G66" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="H66" s="9">
+        <v>546779</v>
+      </c>
+      <c r="I66" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="J66" s="9">
+        <v>56985475</v>
+      </c>
+      <c r="K66" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="L66" s="9">
+        <v>12993513</v>
+      </c>
+      <c r="M66" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="N66" s="9">
+        <v>59805386</v>
+      </c>
+      <c r="O66" t="s" s="10">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="67" spans="1:15">
+      <c r="A67" t="s" s="10">
         <v>32</v>
+      </c>
+      <c r="B67" t="s" s="14">
+        <v>21</v>
+      </c>
+      <c r="C67" t="s" s="14">
+        <v>22</v>
+      </c>
+      <c r="D67" s="13">
+        <v>295661</v>
+      </c>
+      <c r="E67" t="s" s="14">
+        <v>15</v>
+      </c>
+      <c r="F67" s="13">
+        <v>332475086</v>
+      </c>
+      <c r="G67" t="s" s="14">
+        <v>15</v>
+      </c>
+      <c r="H67" s="13">
+        <v>9621</v>
+      </c>
+      <c r="I67" t="s" s="14">
+        <v>15</v>
+      </c>
+      <c r="J67" s="13">
+        <v>1349137655</v>
+      </c>
+      <c r="K67" t="s" s="14">
+        <v>15</v>
+      </c>
+      <c r="L67" s="13">
+        <v>305282</v>
+      </c>
+      <c r="M67" t="s" s="14">
+        <v>15</v>
+      </c>
+      <c r="N67" s="13">
+        <v>1681612741</v>
+      </c>
+      <c r="O67" t="s" s="14">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="68" spans="1:15">
+      <c r="A68" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="B68" t="s" s="10">
+        <v>23</v>
+      </c>
+      <c r="C68" t="s" s="10">
+        <v>17</v>
+      </c>
+      <c r="D68" s="9">
+        <v>1995010</v>
+      </c>
+      <c r="E68" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="F68" s="9">
+        <v>262733226</v>
+      </c>
+      <c r="G68" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="H68" s="9">
+        <v>323987</v>
+      </c>
+      <c r="I68" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="J68" s="9">
+        <v>761089003</v>
+      </c>
+      <c r="K68" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="L68" s="9">
+        <v>2318997</v>
+      </c>
+      <c r="M68" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="N68" s="9">
+        <v>1023822229</v>
+      </c>
+      <c r="O68" t="s" s="10">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="69" spans="1:15">
+      <c r="A69" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="B69" t="s" s="10">
+        <v>18</v>
+      </c>
+      <c r="C69" t="s" s="10">
+        <v>19</v>
+      </c>
+      <c r="D69" s="9">
+        <v>124912961</v>
+      </c>
+      <c r="E69" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="F69" s="9">
+        <v>161323133</v>
+      </c>
+      <c r="G69" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="H69" s="9">
+        <v>14500507</v>
+      </c>
+      <c r="I69" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="J69" s="9">
+        <v>224163899</v>
+      </c>
+      <c r="K69" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="L69" s="9">
+        <v>139413468</v>
+      </c>
+      <c r="M69" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="N69" s="9">
+        <v>385487032</v>
+      </c>
+      <c r="O69" t="s" s="10">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="70" spans="1:15">
+      <c r="A70" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="B70" t="s" s="10">
+        <v>21</v>
+      </c>
+      <c r="C70" t="s" s="10">
+        <v>22</v>
+      </c>
+      <c r="D70" s="9">
+        <v>1870983</v>
+      </c>
+      <c r="E70" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="F70" s="9">
+        <v>6296843</v>
+      </c>
+      <c r="G70" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="H70" s="9">
+        <v>10920</v>
+      </c>
+      <c r="I70" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="J70" s="9">
+        <v>13683883</v>
+      </c>
+      <c r="K70" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="L70" s="9">
+        <v>1881903</v>
+      </c>
+      <c r="M70" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="N70" s="9">
+        <v>19980726</v>
+      </c>
+      <c r="O70" t="s" s="10">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="71" spans="1:15">
+      <c r="A71" t="s">
+        <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="20">
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>
     <mergeCell ref="A3:O3"/>
     <mergeCell ref="A4:O4"/>
     <mergeCell ref="A5:O5"/>
     <mergeCell ref="A6:O6"/>
     <mergeCell ref="A7:O7"/>
     <mergeCell ref="A8:O8"/>
     <mergeCell ref="A9:A10"/>
     <mergeCell ref="B9:B10"/>
     <mergeCell ref="C9:C10"/>
     <mergeCell ref="D9:G9"/>
     <mergeCell ref="H9:K9"/>
     <mergeCell ref="L9:O9"/>
     <mergeCell ref="D10:E10"/>
     <mergeCell ref="F10:G10"/>
     <mergeCell ref="H10:I10"/>
     <mergeCell ref="J10:K10"/>
     <mergeCell ref="L10:M10"/>
     <mergeCell ref="N10:O10"/>
   </mergeCells>